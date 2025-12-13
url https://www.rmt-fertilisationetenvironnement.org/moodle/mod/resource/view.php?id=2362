--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9816" w:type="dxa"/>
         <w:tblInd w:w="-284" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3620"/>
         <w:gridCol w:w="6196"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D2490F" w:rsidRPr="00D2490F" w14:paraId="22A21763" w14:textId="77777777" w:rsidTr="00D2490F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3620" w:type="dxa"/>
           </w:tcPr>
@@ -1041,126 +1041,170 @@
             <w:tcW w:w="525" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33DFA820" w14:textId="77777777" w:rsidR="00DC2B0A" w:rsidRPr="008845C7" w:rsidRDefault="00DC2B0A" w:rsidP="007B6A71">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008845C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6841" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26419B68" w14:textId="76343099" w:rsidR="00DC2B0A" w:rsidRPr="008845C7" w:rsidRDefault="00DC2B0A" w:rsidP="007B6A71">
+          <w:p w14:paraId="26419B68" w14:textId="1DCFFB97" w:rsidR="00DC2B0A" w:rsidRPr="008845C7" w:rsidRDefault="00DC2B0A" w:rsidP="007B6A71">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>L’inscription du projet dans le programme 20</w:t>
             </w:r>
             <w:r w:rsidR="0063543F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-20</w:t>
             </w:r>
             <w:r w:rsidR="0063543F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E761AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> du RMT, ainsi que ses articulations</w:t>
+              <w:t xml:space="preserve"> du RMT</w:t>
+            </w:r>
+            <w:r w:rsidR="00E761AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> BOUCLAGE </w:t>
+            </w:r>
+            <w:r w:rsidR="00E761AD" w:rsidRPr="001B0295">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>et/ou dans le programme 2026-2030 du RMT BouclageS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, ainsi que ses articulations</w:t>
             </w:r>
             <w:r w:rsidRPr="008845C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> avec </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="008845C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">autres </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>activités ou projet</w:t>
             </w:r>
             <w:r w:rsidRPr="008845C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>s en cours au sein du RMT sont</w:t>
+              <w:t xml:space="preserve">s en cours </w:t>
+            </w:r>
+            <w:r w:rsidR="00E761AD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou prévus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008845C7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>au sein du RMT sont</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-ils</w:t>
             </w:r>
             <w:r w:rsidRPr="008845C7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> explicit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
             <w:r w:rsidR="00A937BA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -2423,131 +2467,113 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="32056E30" w14:textId="77777777" w:rsidR="005B6149" w:rsidRDefault="005B6149" w:rsidP="00791B11">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00791B11" w14:paraId="343171BE" w14:textId="77777777" w:rsidTr="005B6149">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02717A27" w14:textId="77777777" w:rsidR="00791B11" w:rsidRDefault="00791B11" w:rsidP="00953E04">
+          <w:p w14:paraId="02717A27" w14:textId="2E51F7B4" w:rsidR="00791B11" w:rsidRDefault="00791B11" w:rsidP="00953E04">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6663"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B6149">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Commentaires</w:t>
             </w:r>
+            <w:r w:rsidR="00C6685B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et questions à poser</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B4AF6AE" w14:textId="77777777" w:rsidR="00A937BA" w:rsidRDefault="00A937BA" w:rsidP="002C797B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6663"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69C5D394" w14:textId="67F62E0C" w:rsidR="002E345C" w:rsidRDefault="002E345C" w:rsidP="002C797B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6663"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A5176DF" w14:textId="524A3429" w:rsidR="005B6149" w:rsidRDefault="005B6149" w:rsidP="002C797B">
-            <w:pPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="5A4410FA" w14:textId="004C22E9" w:rsidR="00FA4A55" w:rsidRDefault="00FA4A55" w:rsidP="002C797B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6663"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03E40131" w14:textId="5D0E5F49" w:rsidR="00FA4A55" w:rsidRDefault="00FA4A55" w:rsidP="002C797B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6096"/>
                 <w:tab w:val="left" w:pos="6663"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3404,70 +3430,70 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BF4294F" w14:textId="77777777" w:rsidR="00CB4BD0" w:rsidRDefault="00CB4BD0" w:rsidP="007B6A71">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CB4BD0" w:rsidSect="00F82517">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="34D2483D" w14:textId="77777777" w:rsidR="00E1409E" w:rsidRDefault="00E1409E" w:rsidP="008845C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2309C1D1" w14:textId="77777777" w:rsidR="00E1409E" w:rsidRDefault="00E1409E" w:rsidP="008845C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3491,51 +3517,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="335116683"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:id w:val="-1669238322"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
@@ -3644,70 +3670,70 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001F56A3" w:rsidRPr="000B7709">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2AA3DCED" w14:textId="77777777" w:rsidR="00E1409E" w:rsidRDefault="00E1409E" w:rsidP="008845C7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3EB60F9D" w14:textId="77777777" w:rsidR="00E1409E" w:rsidRDefault="00E1409E" w:rsidP="008845C7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="202018AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A58A3068"/>
     <w:lvl w:ilvl="0" w:tplc="040C0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4483,90 +4509,92 @@
   <w:num w:numId="1" w16cid:durableId="1772974762">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1799958288">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1295019178">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2109155326">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="95104795">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2123071416">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1620339711">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00653D83"/>
     <w:rsid w:val="00016388"/>
     <w:rsid w:val="00033C58"/>
     <w:rsid w:val="000409CD"/>
     <w:rsid w:val="000644D8"/>
     <w:rsid w:val="00085FF2"/>
     <w:rsid w:val="00091E62"/>
     <w:rsid w:val="000B7709"/>
     <w:rsid w:val="0013038D"/>
     <w:rsid w:val="00140F0B"/>
     <w:rsid w:val="001558D4"/>
     <w:rsid w:val="001600CC"/>
     <w:rsid w:val="001642EE"/>
+    <w:rsid w:val="00183173"/>
     <w:rsid w:val="001A24DF"/>
+    <w:rsid w:val="001B0295"/>
     <w:rsid w:val="001B2B15"/>
     <w:rsid w:val="001D2F6D"/>
     <w:rsid w:val="001D7A88"/>
     <w:rsid w:val="001E0422"/>
     <w:rsid w:val="001F453C"/>
     <w:rsid w:val="001F56A3"/>
     <w:rsid w:val="00211BA2"/>
     <w:rsid w:val="00224659"/>
     <w:rsid w:val="002A5B3D"/>
     <w:rsid w:val="002C797B"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002E345C"/>
     <w:rsid w:val="002E3E05"/>
     <w:rsid w:val="002F2D95"/>
     <w:rsid w:val="002F7361"/>
     <w:rsid w:val="003078BB"/>
     <w:rsid w:val="003420F1"/>
     <w:rsid w:val="0037156F"/>
     <w:rsid w:val="003B1236"/>
     <w:rsid w:val="003C5251"/>
     <w:rsid w:val="003C6A87"/>
     <w:rsid w:val="004331F0"/>
     <w:rsid w:val="00471FD1"/>
     <w:rsid w:val="00482A82"/>
     <w:rsid w:val="00487D98"/>
@@ -4587,151 +4615,154 @@
     <w:rsid w:val="005F1566"/>
     <w:rsid w:val="00607683"/>
     <w:rsid w:val="00607B36"/>
     <w:rsid w:val="00611215"/>
     <w:rsid w:val="006124B7"/>
     <w:rsid w:val="00615EFA"/>
     <w:rsid w:val="00617797"/>
     <w:rsid w:val="00634BB6"/>
     <w:rsid w:val="0063543F"/>
     <w:rsid w:val="00650858"/>
     <w:rsid w:val="00653D83"/>
     <w:rsid w:val="006C3EAD"/>
     <w:rsid w:val="006D22AE"/>
     <w:rsid w:val="006D3FA3"/>
     <w:rsid w:val="006F071A"/>
     <w:rsid w:val="00726A2B"/>
     <w:rsid w:val="0073341C"/>
     <w:rsid w:val="0073709C"/>
     <w:rsid w:val="00743811"/>
     <w:rsid w:val="0076631E"/>
     <w:rsid w:val="0077169C"/>
     <w:rsid w:val="00791B11"/>
     <w:rsid w:val="00793FDB"/>
     <w:rsid w:val="007B6A71"/>
     <w:rsid w:val="007B7CC0"/>
+    <w:rsid w:val="008179EA"/>
     <w:rsid w:val="00831751"/>
     <w:rsid w:val="00842C69"/>
     <w:rsid w:val="008652CF"/>
     <w:rsid w:val="0086763F"/>
     <w:rsid w:val="00874C0C"/>
     <w:rsid w:val="008845C7"/>
     <w:rsid w:val="008A192D"/>
     <w:rsid w:val="008A6EC0"/>
     <w:rsid w:val="008E18B2"/>
     <w:rsid w:val="008E65D4"/>
     <w:rsid w:val="00902316"/>
     <w:rsid w:val="009636B6"/>
     <w:rsid w:val="00985308"/>
     <w:rsid w:val="009919C6"/>
     <w:rsid w:val="009B0636"/>
     <w:rsid w:val="009B13F6"/>
     <w:rsid w:val="009B5334"/>
     <w:rsid w:val="00A21C44"/>
     <w:rsid w:val="00A220D1"/>
     <w:rsid w:val="00A62310"/>
     <w:rsid w:val="00A6259A"/>
     <w:rsid w:val="00A84F0B"/>
     <w:rsid w:val="00A937BA"/>
     <w:rsid w:val="00AF03A9"/>
     <w:rsid w:val="00B07701"/>
     <w:rsid w:val="00B30B77"/>
     <w:rsid w:val="00B4735E"/>
     <w:rsid w:val="00B5374C"/>
     <w:rsid w:val="00BE58C1"/>
     <w:rsid w:val="00C113BD"/>
     <w:rsid w:val="00C34045"/>
     <w:rsid w:val="00C3544A"/>
     <w:rsid w:val="00C5128A"/>
     <w:rsid w:val="00C573BC"/>
+    <w:rsid w:val="00C6685B"/>
     <w:rsid w:val="00C70EA8"/>
     <w:rsid w:val="00C96D8A"/>
     <w:rsid w:val="00CB4BD0"/>
     <w:rsid w:val="00CB62FE"/>
     <w:rsid w:val="00CB6C5B"/>
     <w:rsid w:val="00CD20A1"/>
     <w:rsid w:val="00CE74A1"/>
     <w:rsid w:val="00CF412A"/>
     <w:rsid w:val="00CF4A3E"/>
     <w:rsid w:val="00D217D8"/>
     <w:rsid w:val="00D21EA7"/>
     <w:rsid w:val="00D2490F"/>
     <w:rsid w:val="00D40D47"/>
     <w:rsid w:val="00D44E7A"/>
     <w:rsid w:val="00D5137B"/>
     <w:rsid w:val="00D616F3"/>
     <w:rsid w:val="00D757F4"/>
     <w:rsid w:val="00DC2B0A"/>
     <w:rsid w:val="00DD7436"/>
     <w:rsid w:val="00DE2AB1"/>
     <w:rsid w:val="00E10DF7"/>
     <w:rsid w:val="00E1409E"/>
     <w:rsid w:val="00E562B3"/>
     <w:rsid w:val="00E57C1E"/>
+    <w:rsid w:val="00E761AD"/>
     <w:rsid w:val="00EA4774"/>
     <w:rsid w:val="00EF6633"/>
     <w:rsid w:val="00F532B3"/>
     <w:rsid w:val="00F82517"/>
     <w:rsid w:val="00F94581"/>
     <w:rsid w:val="00FA3A55"/>
     <w:rsid w:val="00FA4A55"/>
     <w:rsid w:val="00FB1AE1"/>
     <w:rsid w:val="00FB77A9"/>
     <w:rsid w:val="00FC43B2"/>
     <w:rsid w:val="00FE2FB8"/>
     <w:rsid w:val="00FE59D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6668A605"/>
   <w15:docId w15:val="{50FA293B-7E94-4F43-BB7A-FE42B9AAE8E4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5541,51 +5572,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB4BD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007B6A71"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1053114516">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1621718548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6094,66 +6125,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>243</Words>
-  <Characters>1342</Characters>
+  <Words>257</Words>
+  <Characters>1417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1582</CharactersWithSpaces>
+  <CharactersWithSpaces>1671</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Utilisateur Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>